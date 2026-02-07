--- v0 (2025-10-13)
+++ v1 (2026-02-07)
@@ -326,62 +326,58 @@
       <w:r w:rsidR="00D41E61">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」與「環境保護</w:t>
       </w:r>
       <w:r w:rsidR="00182617">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」為主軸</w:t>
       </w:r>
       <w:r w:rsidR="00D67C4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>面向，設計相關服務活動方案</w:t>
       </w:r>
       <w:r w:rsidR="00182617">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C33DDE" w:rsidRPr="00C33DDE" w:rsidRDefault="00FC1AB4" w:rsidP="00C33DDE">
+    <w:p w:rsidR="00C33DDE" w:rsidRDefault="00FC1AB4" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:left="1680" w:hangingChars="700" w:hanging="1680"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>五、報名方式：請至穩</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>懋</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>半導體官方網站下載「提案計畫書」</w:t>
       </w:r>
       <w:r w:rsidR="00915A71">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
@@ -404,330 +400,340 @@
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>報名</w:t>
       </w:r>
       <w:r w:rsidR="009617F0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>頁面</w:t>
       </w:r>
       <w:r w:rsidR="00581E60">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>填寫相關資料</w:t>
       </w:r>
       <w:r w:rsidR="00C33DDE">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。報名頁面網址:</w:t>
       </w:r>
       <w:r w:rsidR="00C33DDE" w:rsidRPr="00C33DDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00182617" w:rsidRDefault="00FC1AB4" w:rsidP="00C33DDE">
+    <w:p w:rsidR="00EC42A3" w:rsidRPr="00C33DDE" w:rsidRDefault="00C11609" w:rsidP="00EC42A3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:left="1680" w:hangingChars="700" w:hanging="1680"/>
         <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00EC42A3" w:rsidRPr="00EC42A3">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.surveycake.com/s/rp0Q7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0005080F">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00182617" w:rsidRDefault="00FC1AB4" w:rsidP="00C33DDE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
+        <w:ind w:left="1680" w:hangingChars="700" w:hanging="1680"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>六</w:t>
       </w:r>
       <w:r w:rsidR="00182617">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、申請時程：</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)受理報名：即日起至</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>114</w:t>
+      <w:r w:rsidR="00AC5BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>115</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>25</w:t>
+      <w:r w:rsidR="00AC5BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(五)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>止</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(二)名單公告：</w:t>
       </w:r>
       <w:r w:rsidR="00F341E2">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00AC5BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(五)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(三)款項申請：</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>5月</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
+      <w:r w:rsidR="0057454A">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>四</w:t>
+      <w:r w:rsidR="0057454A">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>五</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)前</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(四)</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>款項撥付：</w:t>
       </w:r>
       <w:r w:rsidR="00FF7570">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>預計</w:t>
       </w:r>
       <w:r w:rsidR="00F341E2">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="0057454A">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(五)前</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
@@ -770,55 +776,55 @@
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>9月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F341E2">
-[...3 lines deleted...]
-        <w:t>二</w:t>
+      <w:r w:rsidR="00AC5BDC">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>三</w:t>
       </w:r>
       <w:r w:rsidR="00781D4F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FF7570">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>止</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00182617" w:rsidRPr="00AF2DBD" w:rsidRDefault="00182617" w:rsidP="00C33DDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:leftChars="200" w:left="1440" w:hangingChars="400" w:hanging="960"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
@@ -1413,51 +1419,51 @@
       <w:r w:rsidRPr="003D4B74">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>暫停或終止本</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4B74">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>之權利</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C33DDE" w:rsidRDefault="00FC1AB4" w:rsidP="005A1E33">
+    <w:p w:rsidR="00BD744D" w:rsidRPr="00864E86" w:rsidRDefault="00FC1AB4" w:rsidP="00864E86">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="460" w:lineRule="exact"/>
         <w:ind w:left="600" w:hangingChars="250" w:hanging="600"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1AB4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>十一</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r w:rsidRPr="00735FFA">
         <w:rPr>
@@ -1559,236 +1565,229 @@
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="005A1E33" w:rsidRPr="004F2910">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           </w:rPr>
           <w:t>anderc@winfoundry.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005A1E33">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="005A1E33" w:rsidRPr="004F2910">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           </w:rPr>
           <w:t>yatingl@winfoundry.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00C33DDE" w:rsidSect="00FC1AB4">
+    <w:sectPr w:rsidR="00BD744D" w:rsidRPr="00864E86" w:rsidSect="00FC1AB4">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D" w:rsidP="000B5B56">
+    <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F" w:rsidP="000B5B56">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D" w:rsidP="000B5B56">
+    <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F" w:rsidP="000B5B56">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="79670791"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00820A2D" w:rsidRDefault="00DC6171">
+      <w:p w:rsidR="0005080F" w:rsidRDefault="00C11609">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
-          <w:r w:rsidR="00F4166C" w:rsidRPr="00F4166C">
+          <w:r w:rsidR="00864E86" w:rsidRPr="00864E86">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="zh-TW"/>
             </w:rPr>
-            <w:t>7</w:t>
+            <w:t>1</w:t>
           </w:r>
         </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D" w:rsidP="00B504AA">
+  <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F" w:rsidP="00B504AA">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="79670706"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="79670707"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w:rsidR="00820A2D" w:rsidRDefault="00DC6171">
+          <w:p w:rsidR="0005080F" w:rsidRDefault="00C11609">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D">
+  <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D" w:rsidP="000B5B56">
+    <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F" w:rsidP="000B5B56">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00820A2D" w:rsidRDefault="00820A2D" w:rsidP="000B5B56">
+    <w:p w:rsidR="0005080F" w:rsidRDefault="0005080F" w:rsidP="000B5B56">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00820A2D" w:rsidRPr="00C96CA3" w:rsidRDefault="00820A2D" w:rsidP="00AD6BB9">
+  <w:p w:rsidR="0005080F" w:rsidRPr="00C96CA3" w:rsidRDefault="0005080F" w:rsidP="00AD6BB9">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-228600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-288290</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1732915" cy="361950"/>
           <wp:effectExtent l="19050" t="0" r="635" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="圖片 1" descr="20WINSEMICONDUCTORS+穩懋半導體(透明背景).png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3962,100 +3961,102 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="140"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593">
+    <o:shapedefaults v:ext="edit" spidmax="116737">
       <o:colormenu v:ext="edit" fillcolor="none [2894]"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC3354"/>
     <w:rsid w:val="0000632A"/>
     <w:rsid w:val="00011E1F"/>
     <w:rsid w:val="00016A74"/>
     <w:rsid w:val="00023F8D"/>
     <w:rsid w:val="00030B62"/>
     <w:rsid w:val="000408F5"/>
+    <w:rsid w:val="0005080F"/>
     <w:rsid w:val="00056E92"/>
     <w:rsid w:val="000624BE"/>
     <w:rsid w:val="0007090D"/>
     <w:rsid w:val="00073F1D"/>
     <w:rsid w:val="00080D06"/>
     <w:rsid w:val="0008576F"/>
     <w:rsid w:val="00093A98"/>
     <w:rsid w:val="00096693"/>
     <w:rsid w:val="000A24AF"/>
     <w:rsid w:val="000A54A2"/>
     <w:rsid w:val="000B046B"/>
     <w:rsid w:val="000B0893"/>
     <w:rsid w:val="000B3889"/>
     <w:rsid w:val="000B54C4"/>
     <w:rsid w:val="000B5A47"/>
     <w:rsid w:val="000B5B56"/>
     <w:rsid w:val="000D1894"/>
     <w:rsid w:val="000D74B7"/>
     <w:rsid w:val="000E0078"/>
     <w:rsid w:val="000E6D67"/>
     <w:rsid w:val="000F4302"/>
+    <w:rsid w:val="000F5C85"/>
     <w:rsid w:val="00105859"/>
     <w:rsid w:val="00115859"/>
     <w:rsid w:val="0011776D"/>
     <w:rsid w:val="001206B7"/>
     <w:rsid w:val="00122CCB"/>
     <w:rsid w:val="00131AAC"/>
     <w:rsid w:val="00136318"/>
     <w:rsid w:val="00137905"/>
     <w:rsid w:val="00145B34"/>
     <w:rsid w:val="00146D26"/>
     <w:rsid w:val="00151034"/>
     <w:rsid w:val="00152228"/>
     <w:rsid w:val="0015681D"/>
     <w:rsid w:val="001648E5"/>
     <w:rsid w:val="00165C6C"/>
     <w:rsid w:val="00182617"/>
     <w:rsid w:val="00182F7F"/>
     <w:rsid w:val="001830B9"/>
     <w:rsid w:val="00183DB2"/>
     <w:rsid w:val="00193DFB"/>
     <w:rsid w:val="001C4F44"/>
     <w:rsid w:val="001D0592"/>
     <w:rsid w:val="001D13E7"/>
     <w:rsid w:val="001D3518"/>
     <w:rsid w:val="001D5094"/>
@@ -4095,117 +4096,121 @@
     <w:rsid w:val="002C5980"/>
     <w:rsid w:val="002C65FF"/>
     <w:rsid w:val="002E023B"/>
     <w:rsid w:val="002E1AC9"/>
     <w:rsid w:val="002F57B6"/>
     <w:rsid w:val="00306607"/>
     <w:rsid w:val="003100FF"/>
     <w:rsid w:val="00311335"/>
     <w:rsid w:val="00314BF8"/>
     <w:rsid w:val="00317ADC"/>
     <w:rsid w:val="00323601"/>
     <w:rsid w:val="003272C8"/>
     <w:rsid w:val="00330B31"/>
     <w:rsid w:val="00335D66"/>
     <w:rsid w:val="00340150"/>
     <w:rsid w:val="00350638"/>
     <w:rsid w:val="0035518D"/>
     <w:rsid w:val="00355FE3"/>
     <w:rsid w:val="00360A34"/>
     <w:rsid w:val="0037001D"/>
     <w:rsid w:val="0037048B"/>
     <w:rsid w:val="0037683E"/>
     <w:rsid w:val="0038108C"/>
     <w:rsid w:val="00384CEB"/>
     <w:rsid w:val="003A0905"/>
+    <w:rsid w:val="003A2477"/>
     <w:rsid w:val="003A553C"/>
     <w:rsid w:val="003A60D3"/>
     <w:rsid w:val="003B1486"/>
     <w:rsid w:val="003B5D3D"/>
     <w:rsid w:val="003B7BD6"/>
     <w:rsid w:val="003C7BA7"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003E682A"/>
     <w:rsid w:val="003F01CB"/>
     <w:rsid w:val="003F2557"/>
     <w:rsid w:val="003F3E93"/>
     <w:rsid w:val="003F5C77"/>
     <w:rsid w:val="003F79B8"/>
     <w:rsid w:val="00404E77"/>
     <w:rsid w:val="0040643C"/>
     <w:rsid w:val="00411FBA"/>
     <w:rsid w:val="00412089"/>
     <w:rsid w:val="00413794"/>
     <w:rsid w:val="004163D8"/>
     <w:rsid w:val="00416D1B"/>
     <w:rsid w:val="004248BF"/>
     <w:rsid w:val="0042671F"/>
     <w:rsid w:val="00433AA7"/>
     <w:rsid w:val="00433FE3"/>
     <w:rsid w:val="00451BA7"/>
     <w:rsid w:val="00451EF7"/>
     <w:rsid w:val="004535BE"/>
     <w:rsid w:val="00456ECE"/>
     <w:rsid w:val="00467D53"/>
     <w:rsid w:val="00471940"/>
     <w:rsid w:val="00486844"/>
     <w:rsid w:val="00490492"/>
     <w:rsid w:val="004A7B76"/>
     <w:rsid w:val="004B141F"/>
     <w:rsid w:val="004B3B0C"/>
     <w:rsid w:val="004C00C6"/>
     <w:rsid w:val="004C0945"/>
     <w:rsid w:val="004C46C6"/>
     <w:rsid w:val="004D4E6B"/>
+    <w:rsid w:val="004F079E"/>
     <w:rsid w:val="004F082A"/>
     <w:rsid w:val="004F0B8F"/>
     <w:rsid w:val="004F26AB"/>
     <w:rsid w:val="005120EB"/>
     <w:rsid w:val="00513B05"/>
     <w:rsid w:val="00521640"/>
     <w:rsid w:val="00522CD2"/>
     <w:rsid w:val="00527D47"/>
     <w:rsid w:val="00531921"/>
     <w:rsid w:val="00536DC8"/>
     <w:rsid w:val="00536F38"/>
     <w:rsid w:val="005528DA"/>
     <w:rsid w:val="00557BA3"/>
     <w:rsid w:val="00560940"/>
     <w:rsid w:val="00562DEA"/>
     <w:rsid w:val="0056630D"/>
+    <w:rsid w:val="0057454A"/>
     <w:rsid w:val="00574896"/>
     <w:rsid w:val="00580D3B"/>
     <w:rsid w:val="00581E60"/>
     <w:rsid w:val="00582F02"/>
     <w:rsid w:val="00593939"/>
     <w:rsid w:val="00596B86"/>
     <w:rsid w:val="005A1E33"/>
     <w:rsid w:val="005A322E"/>
     <w:rsid w:val="005B438A"/>
     <w:rsid w:val="005C15F8"/>
     <w:rsid w:val="005C72F3"/>
     <w:rsid w:val="005D0F2C"/>
+    <w:rsid w:val="005D2017"/>
     <w:rsid w:val="005D6771"/>
     <w:rsid w:val="005E29E4"/>
     <w:rsid w:val="005F36C7"/>
     <w:rsid w:val="005F6B4D"/>
     <w:rsid w:val="00621E75"/>
     <w:rsid w:val="00626227"/>
     <w:rsid w:val="00632409"/>
     <w:rsid w:val="0064105D"/>
     <w:rsid w:val="00642379"/>
     <w:rsid w:val="00646EAD"/>
     <w:rsid w:val="00661CAD"/>
     <w:rsid w:val="00664565"/>
     <w:rsid w:val="006646BD"/>
     <w:rsid w:val="00667939"/>
     <w:rsid w:val="00680862"/>
     <w:rsid w:val="0068771F"/>
     <w:rsid w:val="006A1217"/>
     <w:rsid w:val="006A1F12"/>
     <w:rsid w:val="006B59E7"/>
     <w:rsid w:val="006C0358"/>
     <w:rsid w:val="006C1E40"/>
     <w:rsid w:val="006C6F89"/>
     <w:rsid w:val="006D46AA"/>
     <w:rsid w:val="006D7227"/>
     <w:rsid w:val="006D7600"/>
@@ -4243,50 +4248,51 @@
     <w:rsid w:val="00765004"/>
     <w:rsid w:val="00767535"/>
     <w:rsid w:val="00775118"/>
     <w:rsid w:val="00781BCE"/>
     <w:rsid w:val="00781D4F"/>
     <w:rsid w:val="00797FC5"/>
     <w:rsid w:val="007A6918"/>
     <w:rsid w:val="007B763C"/>
     <w:rsid w:val="007C16E9"/>
     <w:rsid w:val="007C27BF"/>
     <w:rsid w:val="007D0109"/>
     <w:rsid w:val="007D1D57"/>
     <w:rsid w:val="007D6684"/>
     <w:rsid w:val="007D7866"/>
     <w:rsid w:val="007E4B85"/>
     <w:rsid w:val="007E57E9"/>
     <w:rsid w:val="007F0284"/>
     <w:rsid w:val="00805273"/>
     <w:rsid w:val="00820A2D"/>
     <w:rsid w:val="00822BCF"/>
     <w:rsid w:val="00826818"/>
     <w:rsid w:val="00830BC4"/>
     <w:rsid w:val="00836DE5"/>
     <w:rsid w:val="00854EB1"/>
     <w:rsid w:val="00856991"/>
+    <w:rsid w:val="00864E86"/>
     <w:rsid w:val="0087256E"/>
     <w:rsid w:val="0087362B"/>
     <w:rsid w:val="008822EE"/>
     <w:rsid w:val="00883F35"/>
     <w:rsid w:val="00884B4C"/>
     <w:rsid w:val="008851A0"/>
     <w:rsid w:val="008936BB"/>
     <w:rsid w:val="008942B2"/>
     <w:rsid w:val="00897FF2"/>
     <w:rsid w:val="008A2DE3"/>
     <w:rsid w:val="008A3C16"/>
     <w:rsid w:val="008A441A"/>
     <w:rsid w:val="008C056E"/>
     <w:rsid w:val="008C4653"/>
     <w:rsid w:val="008C46F2"/>
     <w:rsid w:val="008C79C4"/>
     <w:rsid w:val="008D2E40"/>
     <w:rsid w:val="008D4040"/>
     <w:rsid w:val="008D66D1"/>
     <w:rsid w:val="008E31D8"/>
     <w:rsid w:val="008E70AF"/>
     <w:rsid w:val="008E7E26"/>
     <w:rsid w:val="008F6194"/>
     <w:rsid w:val="008F6AA8"/>
     <w:rsid w:val="0090084D"/>
@@ -4322,89 +4328,90 @@
     <w:rsid w:val="00A03BBA"/>
     <w:rsid w:val="00A03CC3"/>
     <w:rsid w:val="00A103FD"/>
     <w:rsid w:val="00A22EBA"/>
     <w:rsid w:val="00A26287"/>
     <w:rsid w:val="00A27ABE"/>
     <w:rsid w:val="00A32BBD"/>
     <w:rsid w:val="00A35A72"/>
     <w:rsid w:val="00A42D6D"/>
     <w:rsid w:val="00A52B8F"/>
     <w:rsid w:val="00A5353E"/>
     <w:rsid w:val="00A66467"/>
     <w:rsid w:val="00A83055"/>
     <w:rsid w:val="00A83B5E"/>
     <w:rsid w:val="00A92CA7"/>
     <w:rsid w:val="00A93D87"/>
     <w:rsid w:val="00AA6CE2"/>
     <w:rsid w:val="00AA7C92"/>
     <w:rsid w:val="00AB0730"/>
     <w:rsid w:val="00AB1532"/>
     <w:rsid w:val="00AB6213"/>
     <w:rsid w:val="00AB7138"/>
     <w:rsid w:val="00AB759C"/>
     <w:rsid w:val="00AC09AF"/>
     <w:rsid w:val="00AC3354"/>
+    <w:rsid w:val="00AC5BDC"/>
     <w:rsid w:val="00AD0322"/>
     <w:rsid w:val="00AD6BB9"/>
     <w:rsid w:val="00AD6F30"/>
     <w:rsid w:val="00AD776B"/>
     <w:rsid w:val="00AE0C11"/>
     <w:rsid w:val="00AE2638"/>
     <w:rsid w:val="00AE296F"/>
-    <w:rsid w:val="00AE5968"/>
     <w:rsid w:val="00AF0CF3"/>
     <w:rsid w:val="00AF393A"/>
     <w:rsid w:val="00AF6856"/>
     <w:rsid w:val="00B0598D"/>
     <w:rsid w:val="00B17B20"/>
     <w:rsid w:val="00B236F7"/>
     <w:rsid w:val="00B30957"/>
     <w:rsid w:val="00B3098E"/>
     <w:rsid w:val="00B34582"/>
     <w:rsid w:val="00B40E76"/>
     <w:rsid w:val="00B504AA"/>
     <w:rsid w:val="00B535E7"/>
     <w:rsid w:val="00B62D9C"/>
     <w:rsid w:val="00B63015"/>
     <w:rsid w:val="00B72D26"/>
     <w:rsid w:val="00B7371D"/>
     <w:rsid w:val="00B870BB"/>
     <w:rsid w:val="00B9038B"/>
     <w:rsid w:val="00B92A9D"/>
     <w:rsid w:val="00BA5505"/>
     <w:rsid w:val="00BB0774"/>
     <w:rsid w:val="00BB3141"/>
     <w:rsid w:val="00BB4999"/>
     <w:rsid w:val="00BB5ABD"/>
     <w:rsid w:val="00BB6112"/>
     <w:rsid w:val="00BC0BC7"/>
     <w:rsid w:val="00BC296F"/>
     <w:rsid w:val="00BD744D"/>
     <w:rsid w:val="00BE53A0"/>
     <w:rsid w:val="00BE600F"/>
     <w:rsid w:val="00BF521D"/>
+    <w:rsid w:val="00C11609"/>
     <w:rsid w:val="00C12FCB"/>
     <w:rsid w:val="00C14018"/>
     <w:rsid w:val="00C14C4B"/>
     <w:rsid w:val="00C2738D"/>
     <w:rsid w:val="00C31963"/>
     <w:rsid w:val="00C31A46"/>
     <w:rsid w:val="00C33DDE"/>
     <w:rsid w:val="00C509AE"/>
     <w:rsid w:val="00C51D5A"/>
     <w:rsid w:val="00C5271F"/>
     <w:rsid w:val="00C52B0C"/>
     <w:rsid w:val="00C52FE8"/>
     <w:rsid w:val="00C57CB0"/>
     <w:rsid w:val="00C62AB4"/>
     <w:rsid w:val="00C65E1E"/>
     <w:rsid w:val="00C7588D"/>
     <w:rsid w:val="00C76964"/>
     <w:rsid w:val="00C80BD9"/>
     <w:rsid w:val="00C81281"/>
     <w:rsid w:val="00C8533F"/>
     <w:rsid w:val="00C91DE3"/>
     <w:rsid w:val="00C96556"/>
     <w:rsid w:val="00C96CA3"/>
     <w:rsid w:val="00C97EEC"/>
     <w:rsid w:val="00CA146D"/>
@@ -4460,97 +4467,97 @@
     <w:rsid w:val="00DE704A"/>
     <w:rsid w:val="00DF0BA9"/>
     <w:rsid w:val="00DF39B8"/>
     <w:rsid w:val="00E05074"/>
     <w:rsid w:val="00E07B23"/>
     <w:rsid w:val="00E2221C"/>
     <w:rsid w:val="00E23607"/>
     <w:rsid w:val="00E25901"/>
     <w:rsid w:val="00E25C8D"/>
     <w:rsid w:val="00E27866"/>
     <w:rsid w:val="00E4716C"/>
     <w:rsid w:val="00E555C5"/>
     <w:rsid w:val="00E55FCE"/>
     <w:rsid w:val="00E56A3A"/>
     <w:rsid w:val="00E6568F"/>
     <w:rsid w:val="00E65944"/>
     <w:rsid w:val="00E67E6C"/>
     <w:rsid w:val="00E67F5B"/>
     <w:rsid w:val="00E92A87"/>
     <w:rsid w:val="00E92CAE"/>
     <w:rsid w:val="00E949FA"/>
     <w:rsid w:val="00EA20A8"/>
     <w:rsid w:val="00EA6FDA"/>
     <w:rsid w:val="00EB72F9"/>
     <w:rsid w:val="00EC1C13"/>
+    <w:rsid w:val="00EC42A3"/>
     <w:rsid w:val="00EC5239"/>
     <w:rsid w:val="00EE4CF6"/>
     <w:rsid w:val="00EF0DEA"/>
     <w:rsid w:val="00EF6627"/>
     <w:rsid w:val="00F03F3D"/>
     <w:rsid w:val="00F123FB"/>
     <w:rsid w:val="00F12934"/>
     <w:rsid w:val="00F1523F"/>
     <w:rsid w:val="00F22783"/>
     <w:rsid w:val="00F27451"/>
     <w:rsid w:val="00F301FC"/>
     <w:rsid w:val="00F33370"/>
     <w:rsid w:val="00F341E2"/>
     <w:rsid w:val="00F34E49"/>
     <w:rsid w:val="00F37BBF"/>
-    <w:rsid w:val="00F4166C"/>
     <w:rsid w:val="00F4711B"/>
     <w:rsid w:val="00F51BBB"/>
     <w:rsid w:val="00F91057"/>
     <w:rsid w:val="00F97E2D"/>
     <w:rsid w:val="00FB15F8"/>
     <w:rsid w:val="00FC1AB4"/>
     <w:rsid w:val="00FC7FFD"/>
     <w:rsid w:val="00FD057D"/>
     <w:rsid w:val="00FE0439"/>
     <w:rsid w:val="00FF2C85"/>
     <w:rsid w:val="00FF7570"/>
     <w:rsid w:val="00FF757C"/>
     <w:rsid w:val="00FF7D8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593">
+    <o:shapedefaults v:ext="edit" spidmax="116737">
       <o:colormenu v:ext="edit" fillcolor="none [2894]"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -4977,51 +4984,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1729836957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.surveycake.com/s/K6Lzl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yatingl@winfoundry.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anderc@winfoundry.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winhrrs1@winfoundry.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.surveycake.com/s/rp0Q7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yatingl@winfoundry.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anderc@winfoundry.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winhrrs1@winfoundry.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5276,63 +5283,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F614DE1-E8B0-4BE3-86F3-B3805CFB0E77}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C25ED0F2-D005-46BD-AAC1-52A0104878BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>167</Words>
-  <Characters>952</Characters>
+  <Words>739</Words>
+  <Characters>4215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>win</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1117</CharactersWithSpaces>
+  <CharactersWithSpaces>4945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>YatingLin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>